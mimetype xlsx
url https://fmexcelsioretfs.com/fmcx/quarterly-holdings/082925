--- v0 (2025-11-03)
+++ v1 (2026-03-17)
@@ -3,71 +3,71 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\sent_pdfs_models\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ETF\Quarterly Holdings\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2A18C79C-5451-40CB-B751-B98A63DA735E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A2EC63E3-ECB6-4317-B2FF-E8484D416C88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A1C7F7EA-3B74-4895-8EBF-DCADB5767D86}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A1C7F7EA-3B74-4895-8EBF-DCADB5767D86}"/>
   </bookViews>
   <sheets>
     <sheet name="FMCX" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FMCX!#REF!</definedName>
     <definedName name="CUSIP">'[1]Reference Data'!$A:$B</definedName>
-    <definedName name="ExternalData_3" localSheetId="0" hidden="1">FMCX!$A$1:$C$34</definedName>
+    <definedName name="ExternalData_3" localSheetId="0" hidden="1">FMCX!$A$1:$C$33</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
@@ -86,67 +86,64 @@
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{17337A99-CE13-425A-A2B3-18C0D429FB6D}" keepAlive="1" name="Query - SODDATE" description="Connection to the 'SODDATE' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SODDATE;Extended Properties=&quot;&quot;" command="SELECT * FROM [SODDATE]"/>
   </connection>
   <connection id="2" xr16:uid="{C308A795-0027-4853-A8C9-B3CE48439D5F}" keepAlive="1" name="Query - Ultimus_SupplementalHoldings" description="Connection to the 'Ultimus_SupplementalHoldings' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Ultimus_SupplementalHoldings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Ultimus_SupplementalHoldings]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4294965698" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Percent_Market_Value</t>
   </si>
   <si>
     <t>KKR</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>LLY</t>
   </si>
   <si>
     <t>LIN</t>
   </si>
   <si>
     <t>RECPAY</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>HON</t>
   </si>
   <si>
     <t>AMZN</t>
   </si>
   <si>
     <t>GEV US</t>
   </si>
   <si>
     <t>TTWO</t>
   </si>
   <si>
     <t>HSIC</t>
@@ -154,189 +151,183 @@
   <si>
     <t>UNH</t>
   </si>
   <si>
     <t>BRK/A</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>GOOG</t>
   </si>
   <si>
     <t>GOOGL</t>
   </si>
   <si>
     <t>META</t>
   </si>
   <si>
     <t>VLTO</t>
   </si>
   <si>
     <t>DHR</t>
   </si>
   <si>
-    <t>FGTXX</t>
-[...1 lines deleted...]
-  <si>
     <t>AZO</t>
   </si>
   <si>
     <t>ORLY</t>
   </si>
   <si>
     <t>AVGO</t>
   </si>
   <si>
     <t>INTC</t>
   </si>
   <si>
     <t>NVDA</t>
   </si>
   <si>
     <t>AMAT</t>
   </si>
   <si>
     <t>ASML</t>
   </si>
   <si>
     <t>BL</t>
   </si>
   <si>
     <t>CRM</t>
   </si>
   <si>
     <t>SNPS</t>
   </si>
   <si>
     <t>MSFT</t>
   </si>
   <si>
     <t>ORCL</t>
   </si>
   <si>
     <t>UNP</t>
+  </si>
+  <si>
+    <t>CASH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyBorder="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Currency" xfId="1" builtinId="4"/>
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///G:\ETF\Trading\ETF_Import_and_Trade_File-v2.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///G:\ETF\Trading\ETF_Import_and_Trade_File-v2.xlsm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///G:\ETF\Trading\ETF_Import_and_Trade_File-v2.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/ETF/Trading/ETF_Import_and_Trade_File-v2.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Import from DB"/>
       <sheetName val="TaxLots"/>
       <sheetName val="Control Sheet"/>
       <sheetName val="P&amp;L"/>
       <sheetName val="Reference Data"/>
       <sheetName val="PIVOT_TRANSACTIONS"/>
       <sheetName val="Ultimus_Transactions"/>
       <sheetName val="Ultimus_TaxLots"/>
       <sheetName val="Security Aggregation"/>
       <sheetName val="Trade Sheet"/>
       <sheetName val="Trade Sheet-SAMPLE"/>
       <sheetName val="PivotTables"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
@@ -1334,54 +1325,54 @@
       <deletedField name="Security Number"/>
       <deletedField name="Security Description"/>
       <deletedField name="Shares / Contracts"/>
       <deletedField name="Price"/>
       <deletedField name="Exchange Rate"/>
       <deletedField name="Market Value"/>
       <deletedField name="Currency"/>
       <deletedField name="Country"/>
       <deletedField name="Maturity / Expiration Date"/>
       <deletedField name="Segment"/>
       <deletedField name="Category"/>
       <deletedField name="Sector"/>
       <deletedField name="Industry"/>
       <deletedField name="moddatetime"/>
       <deletedField name="source"/>
     </queryTableDeletedFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{83849552-547D-4A6F-B989-496D31050E54}" name="Ultimus_SupplementalHoldings" displayName="Ultimus_SupplementalHoldings" ref="A1:C34" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="C1:C34"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{83849552-547D-4A6F-B989-496D31050E54}" name="Ultimus_SupplementalHoldings" displayName="Ultimus_SupplementalHoldings" ref="A1:C33" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:C33" xr:uid="{877D0F77-BE15-4C09-A838-CE4B5AEB487B}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C33">
+    <sortCondition descending="1" ref="C1:C33"/>
   </sortState>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{6909A8F4-CEDF-4711-8299-3DC442D5444F}" uniqueName="1" name="Effective Date" queryTableFieldId="1" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{BCBB68B5-F583-4F8F-A578-9D03A56E6DB4}" uniqueName="6" name="Ticker" queryTableFieldId="6"/>
     <tableColumn id="12" xr3:uid="{85AE7914-A600-46BF-B818-4A5F0C56A576}" uniqueName="12" name="Percent_Market_Value" queryTableFieldId="32" dataDxfId="0" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1640,440 +1631,429 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F943F72A-1FAE-4C10-A1C6-63EC6D390927}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF00B050"/>
   </sheetPr>
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C33"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="H1" sqref="H1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="F26" sqref="F26"/>
+      <selection pane="bottomRight" activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="3">
         <v>45898</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="C2" s="1">
-        <v>0.14646339416503906</v>
+        <v>0.14693978594732462</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
         <v>45898</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C3" s="1">
         <v>7.1512378752231598E-2</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>45898</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1">
         <v>5.7369846850633621E-2</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>45898</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" s="1">
         <v>5.2179146558046341E-2</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>45898</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1">
         <v>4.8421949148178101E-2</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>45898</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C7" s="1">
         <v>4.5821946114301682E-2</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>45898</v>
       </c>
       <c r="B8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C8" s="1">
         <v>4.3362952768802643E-2</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>45898</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C9" s="1">
         <v>3.9113931357860565E-2</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>45898</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1">
         <v>3.6925479769706726E-2</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>45898</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C11" s="1">
         <v>3.311431035399437E-2</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>45898</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C12" s="1">
         <v>3.1679596751928329E-2</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>45898</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C13" s="1">
         <v>2.9902076348662376E-2</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>45898</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="1">
         <v>2.9169326648116112E-2</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>45898</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1">
         <v>2.822471410036087E-2</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>45898</v>
       </c>
       <c r="B16" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C16" s="1">
         <v>2.6589363813400269E-2</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>45898</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C17" s="1">
         <v>2.5986215099692345E-2</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>45898</v>
       </c>
       <c r="B18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C18" s="1">
         <v>2.5485213845968246E-2</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>45898</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C19" s="1">
         <v>2.515864372253418E-2</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>45898</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C20" s="1">
         <v>2.5087105110287666E-2</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>45898</v>
       </c>
       <c r="B21" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C21" s="1">
         <v>2.3574270308017731E-2</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>45898</v>
       </c>
       <c r="B22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" s="1">
         <v>2.2522579878568649E-2</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>45898</v>
       </c>
       <c r="B23" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C23" s="1">
         <v>2.2502409294247627E-2</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>45898</v>
       </c>
       <c r="B24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C24" s="1">
         <v>2.1294115111231804E-2</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>45898</v>
       </c>
       <c r="B25" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C25" s="1">
         <v>2.0547384396195412E-2</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>45898</v>
       </c>
       <c r="B26" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C26" s="1">
         <v>1.4630937017500401E-2</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>45898</v>
       </c>
       <c r="B27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C27" s="1">
         <v>1.4123723842203617E-2</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>45898</v>
       </c>
       <c r="B28" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C28" s="1">
         <v>1.1613186448812485E-2</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>45898</v>
       </c>
       <c r="B29" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C29" s="1">
         <v>9.8780794069170952E-3</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>45898</v>
       </c>
       <c r="B30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C30" s="1">
         <v>8.5143782198429108E-3</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>45898</v>
       </c>
       <c r="B31" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C31" s="1">
         <v>7.3127229698002338E-3</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>45898</v>
       </c>
       <c r="B32" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C32" s="1">
         <v>3.2096828799694777E-3</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>45898</v>
       </c>
       <c r="B33" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C33" s="1">
-        <v>4.763917822856456E-4</v>
-[...9 lines deleted...]
-      <c r="C34" s="1">
         <v>-1.7674557166174054E-3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A F 0 E A A B Q S w M E F A A C A A g A X V t X W 1 y V C z + k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L a D R k E 9 Z u J X E h G j c N r V C I 3 w M F M v d X H g k r y B G U X c u 5 8 1 b z N y v N 0 i H u v I u u u 1 M g w k J K C e e R t U c D B Y J 6 e 3 R X 5 J U w E a q k y y 0 N 8 r Y x U N 3 S E h p 7 T l m z D l H X U S b t m A h 5 w H b Z + t c l b q W 5 C O b / 7 J v s L M S l S Y C d q 8 x I q T B b E H n P K I c 2 A Q h M / g V w n H v s / 2 B s O o r 2 7 d a a P S 3 O b A p A n t / E A 9 Q S w M E F A A C A A g A X V t X W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F 1 b V 1 u + L F T z V w E A A L M C A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F U U 1 r h D A Q v Q v + h 5 B e F K x 0 e 1 0 8 L K 5 L e 2 g L 1 d K C y B L j u M r G x E 1 i P 5 D 9 7 4 3 V s q W V b i 6 B e f P e m z e j g O p a c B S P / 2 J p W 7 a l K i K h Q E 9 M 1 0 2 n t n H X t g w a 4 J q w G 8 G K m u 8 U C h A D b V v I v F h 0 k o K p x A f m r 4 k m O V H g Y H V g l 6 0 U h V 8 2 1 G e C E o Y 9 h K N k g 1 1 v J B a 5 2 J 4 x G b X 7 N K Y V N C T A h o K 9 W w 1 N g P 9 j 4 u y Y D p N k k 9 M F 3 t R M w 5 D q U b y p a 2 y k E 5 I z 8 G N g J v p Q d M 6 N 4 y E g t E J O u q J U d F y j p K Z 7 k J n R w p u 7 8 A W 7 7 r z d r N u f k S b 5 N C r L 4 R i v g E w C G N T j h / V 6 l U S u b d V 8 3 u D n 2 a b u 2 Q t F 7 x S Y H 3 Z S m m T P Q u 5 z I f a O 2 6 f 3 p I E A T 9 R h e 6 H g 2 v S c F h h W h O + M f P L R w i l Q I g l X p Z B N K F j X 8 A F U z m j n 9 T 0 e q w u T T R s E F S b Q 8 f i 9 p Q k 0 W r / U + 6 v B / w v M T p m n y v I T U E s B A i 0 A F A A C A A g A X V t X W 1 y V C z + k A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A F 1 b V 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P A A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A X V t X W 7 4 s V P N X A Q A A s w I A A B M A A A A A A A A A A A A A A A A A 4 Q E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A h Q M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + 3 C A A A A A A A A C 6 I A A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d F N o Z W V 0 I i B W Y W x 1 Z T 0 i c 0 l t c G 9 y d C B m c m 9 t I E R C I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d E N v b H V t b i I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d F J v d y I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 U z Z T U 3 O T Q 5 L W E 5 N 2 E t N D g 0 Z i 1 i N m Z m L W R k Z W J h N W Q w Y z k 3 O S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T A t M j N U M T U 6 M j Y 6 N D Q u N j I 0 M z c 1 N 1 o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D M z I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q 1 F Z R 0 J n W U d C Z z R P R G c 0 T 0 J n W U p C Z 1 l H Q m d j R y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t F Z m Z l Y 3 R p d m U g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t B Y 2 N v d W 5 0 I E 5 h b W U m c X V v d D s s J n F 1 b 3 Q 7 Q W N j b 3 V u d C B D d X N p c C Z x d W 9 0 O y w m c X V v d D t B Y 2 N v d W 5 0 I F R p Y 2 t l c i Z x d W 9 0 O y w m c X V v d D t T Z W N 1 c m l 0 e S B O d W 1 i Z X I m c X V v d D s s J n F 1 b 3 Q 7 V G l j a 2 V y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 V y a X R 5 I E R l c 2 N y a X B 0 a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N o Y X J l c y A v I E N v b n R y Y W N 0 c y Z x d W 9 0 O y w m c X V v d D t Q c m l j Z S Z x d W 9 0 O y w m c X V v d D t F e G N o Y W 5 n Z S B S Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 1 h c m t l d C B W Y W x 1 Z S Z x d W 9 0 O y w m c X V v d D t Q Z X J j Z W 5 0 X 0 1 h c m t l d F 9 W Y W x 1 Z S Z x d W 9 0 O y w m c X V v d D t D d X J y Z W 5 j e S Z x d W 9 0 O y w m c X V v d D t D b 3 V u d H J 5 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 1 h d H V y a X R 5 I C 8 g R X h w a X J h d G l v b i B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Z 2 1 l b n Q m c X V v d D s s J n F 1 b 3 Q 7 Q 2 F 0 Z W d v c n k m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G 9 y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l u Z H V z d H J 5 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 1 v Z G R h d G V 0 a W 1 l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N v d X J j Z S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I x L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V m Z m V j d G l 2 Z S B E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W N j b 3 V u d C B O Y W 1 l L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W N j b 3 V u d C B D d X N p c C w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F j Y 2 9 1 b n Q g V G l j a 2 V y L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 V j d X J p d H k g T n V t Y m V y L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G l j a 2 V y L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 V j d X J p d H k g R G V z Y 3 J p c H R p b 2 4 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T a G F y Z X M g L y B D b 2 5 0 c m F j d H M s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m l j Z S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 Y 2 h h b m d l I F J h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t N Y X J r Z X Q g V m F s d W U s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G V y Y 2 V u d F 9 N Y X J r Z X R f V m F s d W U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 3 V y c m V u Y 3 k s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 1 b n R y e S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t N Y X R 1 c m l 0 e S A v I E V 4 c G l y Y X R p b 2 4 g R G F 0 Z S w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T Z W d t Z W 5 0 L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N h d G V n b 3 J 5 L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N l Y 3 R v c i w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b m R 1 c 3 R y e S w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t t b 2 R k Y X R l d G l t Z S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z b 3 V y Y 2 U s M j B 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o y M S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V m Z m V j d G l 2 Z S B E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W N j b 3 V u d C B O Y W 1 l L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W N j b 3 V u d C B D d X N p c C w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F j Y 2 9 1 b n Q g V G l j a 2 V y L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 V j d X J p d H k g T n V t Y m V y L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G l j a 2 V y L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 V j d X J p d H k g R G V z Y 3 J p c H R p b 2 4 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T a G F y Z X M g L y B D b 2 5 0 c m F j d H M s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m l j Z S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 Y 2 h h b m d l I F J h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t N Y X J r Z X Q g V m F s d W U s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G V y Y 2 V u d F 9 N Y X J r Z X R f V m F s d W U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 3 V y c m V u Y 3 k s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 1 b n R y e S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t N Y X R 1 c m l 0 e S A v I E V 4 c G l y Y X R p b 2 4 g R G F 0 Z S w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T Z W d t Z W 5 0 L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N h d G V n b 3 J 5 L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 V b H R p b X V z X 1 N 1 c H B s Z W 1 l b n R h b E h v b G R p b m d z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N l Y 3 R v c i w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b m R 1 c 3 R y e S w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t t b 2 R k Y X R l d G l t Z S w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z b 3 V y Y 2 U s M j B 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c y 9 k Y m 9 f V W x 0 a W 1 1 c 1 9 T d X B w b G V t Z W 5 0 Y W x I b 2 x k a W 5 n c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v R m l s d G V y Z W Q l M j B S b 3 d z M j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 V s d G l t d X N f U 3 V w c G x l b W V u d G F s S G 9 s Z G l u Z 3 M v R m l s d G V y Z W Q l M j B S b 3 d z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v U 0 9 E R E F U R T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 0 R h d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 I 2 M W J j O D Z m L T V l M 2 E t N D Y w N y 0 4 N j Z m L W F l Y m I 2 Z T Y 1 Z m R m N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T A t M j N U M T U 6 M j Y 6 N T k u N j U 0 M z k 4 O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N P R E R B V E U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 s d W 1 u M S w w f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 T T 0 R E Q V R F L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b H V t b j E s M H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 N P R E R B V E U v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v U 0 9 E R E F U R S 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 N P R E R B V E U v Q 2 9 s d W 1 u M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B / D t e L p Y N Z R 5 p q T L y 0 / i C S A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A G x 4 J F F l g B c E R V c 9 H y c A S 5 U V w L W N q Z G Z U H a c R 4 J u + 6 Z I A A A A A A 6 A A A A A A g A A I A A A A A p g F t 3 0 Q O q M e l k L Q h b E R w p h + P G 1 v + T x n W x 6 6 s I M i 9 7 f U A A A A M 4 A Q j x + E u V w 4 0 4 d s t d S j 2 V t P p 3 X a k 5 J T u v q S h i b P v l O g 9 G K C q 5 N N d n i g 7 w j 5 j B F O c J P b U K P T Y k Y z D j B d L + L 1 Y B t D j C b e 2 8 G u p c e B v 4 Q 1 4 E l Q A A A A I J h D Z r M 7 B p u B 7 y H 4 Q 4 S + F d 5 B K P x O W X o K o Q j D I s 3 V q V U J U d 7 c u U j B M e P 6 i l W e 1 V / t 0 a q 6 u T b Z P N i 7 1 + 6 m f k N M B Y = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6704DAF-D0D6-4BB0-A707-D1AF84E2BBE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>